--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f89ce9d594f43df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6f5f6ee64774a3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra90b08f95ba942f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9b3510c06c746fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89480155702d447d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra90b08f95ba942f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc22ed9dea3594757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9b3510c06c746fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Giganten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>461,343</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>