--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6f5f6ee64774a3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re406167a81b64f8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9b3510c06c746fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R734269cc5d444eb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc22ed9dea3594757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9b3510c06c746fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fbb9a0b0bac4cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R734269cc5d444eb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Giganten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>453,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>448,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>453,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>