--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7472e009140446dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6445a98f9bc547d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaaad71237244645"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a72e1b0e7a345ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb204b353c4f34da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaaad71237244645" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61dda6908142482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a72e1b0e7a345ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Überzeugungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...419 lines deleted...]
-          <x:t>118,968</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,332</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>118,473</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>