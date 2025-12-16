--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbefe0bf72e742da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8b5518606714e51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf3bebac37014aba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb31d3a0761994df4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0fcaedb915f41fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf3bebac37014aba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7fef7e83f164fde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb31d3a0761994df4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bergsteiger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>176,572</x:t>
-[...279 lines deleted...]
-          <x:t>180,620</x:t>
+          <x:t>174,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>