--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8b5518606714e51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e336268f23d4ac3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb31d3a0761994df4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0335293aba3b41de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7fef7e83f164fde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb31d3a0761994df4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c810b0a52de4684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0335293aba3b41de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bergsteiger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,194</x:t>
-[...576 lines deleted...]
-          <x:t>174,737</x:t>
+          <x:t>173,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>