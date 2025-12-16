--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8ed3e901e144856" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc66ce3e01d88436d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c6917bd6aa24557"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4167d2203cd44335"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22149bfc590e472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c6917bd6aa24557" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d2f209f64824951" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4167d2203cd44335" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Share Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>149,659</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>