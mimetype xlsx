--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc66ce3e01d88436d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra10cba386ef34112" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4167d2203cd44335"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06144a22df7c4fb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d2f209f64824951" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4167d2203cd44335" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c9da1d5e0834133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06144a22df7c4fb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Share Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>145,425</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,325</x:t>
-[...177 lines deleted...]
-        <x:is>
           <x:t>142,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>142,671</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>