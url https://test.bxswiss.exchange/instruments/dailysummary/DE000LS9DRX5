--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf223f566b05d4b72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf101ef22d82d4c81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcee5bb5c38cf40af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R035a31bbb9d443cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd68aaf13f93b4c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcee5bb5c38cf40af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8793863fd4f3435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R035a31bbb9d443cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cashflow Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>178,467</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,463</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>180,934</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>