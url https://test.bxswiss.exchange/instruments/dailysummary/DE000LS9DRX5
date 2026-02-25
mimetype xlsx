--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf101ef22d82d4c81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R618980ce7d434d7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R035a31bbb9d443cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d0ed954b6b64203"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8793863fd4f3435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R035a31bbb9d443cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2505bc5d22e54ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d0ed954b6b64203" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cashflow Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>173,146</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,691</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>174,490</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>