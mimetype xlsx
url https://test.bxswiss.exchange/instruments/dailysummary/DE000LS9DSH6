--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc266c35c63e7438b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4375b67167184e90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd44246ba680a45f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae6a41357da24fc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d0860fc4eb14f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd44246ba680a45f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec2b602a78e8462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae6a41357da24fc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dreamtea</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DSH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>234,970</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>234,247</x:t>
-[...269 lines deleted...]
-          <x:t>238,681</x:t>
+          <x:t>231,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>