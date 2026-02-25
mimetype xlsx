--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4375b67167184e90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6425bc450be447be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae6a41357da24fc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref6c798dbb7044ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec2b602a78e8462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae6a41357da24fc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb40a6f00fcb415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref6c798dbb7044ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dreamtea</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DSH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>230,430</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>232,748</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>