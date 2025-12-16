--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R194e40ed584b4e5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c699c3bec8640e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra106c10e9782413f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc70db0cbef7a4ddd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R568e86f5dcfc4e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra106c10e9782413f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3725860fe37041af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc70db0cbef7a4ddd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie Ausbruch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DSJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...554 lines deleted...]
-          <x:t>206,658</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,189</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>208,134</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>