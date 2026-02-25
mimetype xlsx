--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c699c3bec8640e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dc56a26ecd24de6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc70db0cbef7a4ddd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d8a76929a99481c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3725860fe37041af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc70db0cbef7a4ddd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9fd306978c04088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d8a76929a99481c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie Ausbruch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DSJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>208,787</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>208,613</x:t>
-[...350 lines deleted...]
-          <x:t>206,944</x:t>
+          <x:t>207,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>