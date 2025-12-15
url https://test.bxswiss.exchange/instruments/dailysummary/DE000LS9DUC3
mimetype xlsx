--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3902e4c2f2d74d61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f6adbc2a9e74d29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb3dcff43e854631"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf513e825613b4418"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8ebc5922ce841b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb3dcff43e854631" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53c9c9d6c3944d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf513e825613b4418" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmen mit Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DUC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>112,703</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,124</x:t>
-[...382 lines deleted...]
-          <x:t>109,246</x:t>
+          <x:t>113,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>