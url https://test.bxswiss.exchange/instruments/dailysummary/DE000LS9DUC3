--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f6adbc2a9e74d29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R484d03c8a6ce440b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf513e825613b4418"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f08f4f7be44419c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53c9c9d6c3944d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf513e825613b4418" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7097573197ae4798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f08f4f7be44419c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmen mit Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DUC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>113,072</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,474</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>114,624</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>