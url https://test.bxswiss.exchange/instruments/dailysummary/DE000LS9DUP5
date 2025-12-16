--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae23c8efa81d4fa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09018a10fe104038" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19af0aa1ac7441e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf5d6a4cb07c42e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0270a239d88e43ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19af0aa1ac7441e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R635e3fd596e04c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf5d6a4cb07c42e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DUP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>132,144</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>