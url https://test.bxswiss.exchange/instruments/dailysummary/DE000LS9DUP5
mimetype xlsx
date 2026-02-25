--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09018a10fe104038" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a3985a612c8479a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf5d6a4cb07c42e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R867a53cf479b4836"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R635e3fd596e04c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf5d6a4cb07c42e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0db559883864867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R867a53cf479b4836" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DUP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>