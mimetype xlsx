--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff58bb1e6e894286" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f576cf6e3ab425b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e3de431cd8040ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eb204db60f94618"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf317cc8e47eb42e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e3de431cd8040ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71ff24dc5897469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eb204db60f94618" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Shorttimetrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DVJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>170,832</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>