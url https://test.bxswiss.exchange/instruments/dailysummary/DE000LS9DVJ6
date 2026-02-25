--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f576cf6e3ab425b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4abafd9ed734677" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eb204db60f94618"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc06d27241c44f99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71ff24dc5897469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eb204db60f94618" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R698a75b300704414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc06d27241c44f99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Shorttimetrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DVJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>