--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf9f74925706466a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd579881ce6da499b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64069231c23b4fac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2efb4bbae6946cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3700b341a9b41a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64069231c23b4fac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd6f1c6932ca4312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2efb4bbae6946cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Diversity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DVW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>375,153</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>