--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a760d74c7b34766" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re61d2a97b92f499a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2910afdf382d4571"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57ab5fcb3b2c447a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44659f892cc94c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2910afdf382d4571" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15b03e94ad9442dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57ab5fcb3b2c447a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MPINVEST_Konsumdividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>225,595</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>