--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re61d2a97b92f499a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae35cc878c3f4e1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57ab5fcb3b2c447a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6a21f3f74bb4fd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15b03e94ad9442dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57ab5fcb3b2c447a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ff51b1022214c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6a21f3f74bb4fd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MPINVEST_Konsumdividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>227,058</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>