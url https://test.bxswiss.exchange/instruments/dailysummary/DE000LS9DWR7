--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R804d4f3e686744bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60cfc5269bf44ae7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08097a0b4577436b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaeea91f084c47eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc17e4d13ddff4eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08097a0b4577436b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4ee856480d9464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaeea91f084c47eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traditions-Marken mit Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>135,506</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,173</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>