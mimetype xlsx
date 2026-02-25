--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60cfc5269bf44ae7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00c1be576c0b4a5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaeea91f084c47eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R432ddcaaa89847fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4ee856480d9464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaeea91f084c47eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R181ed20966fc4ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R432ddcaaa89847fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traditions-Marken mit Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...517 lines deleted...]
-          <x:t>140,210</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,024</x:t>
-[...58 lines deleted...]
-          <x:t>141,173</x:t>
+          <x:t>140,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>