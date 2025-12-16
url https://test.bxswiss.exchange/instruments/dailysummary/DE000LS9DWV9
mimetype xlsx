--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ffb26922561447a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21d1bafba44e4040" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R074248c359c2459f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a3ce3502b1e4c20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R433c676eb0df4a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R074248c359c2459f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc47149ae5f9449a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a3ce3502b1e4c20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traditions- und Wachstumsmarken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>159,104</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,116</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>