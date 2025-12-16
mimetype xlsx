--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a27e181d68b48c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95c5edb1ca03409b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3156f91b047e4ecc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e357c1a374c497a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7af1c3c7704f45f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3156f91b047e4ecc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb9af417490e4538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e357c1a374c497a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte mit Erholungspotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DXA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...566 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,184</x:t>
-[...36 lines deleted...]
-          <x:t>113,003</x:t>
+          <x:t>111,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>