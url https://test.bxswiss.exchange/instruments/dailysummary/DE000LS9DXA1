--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95c5edb1ca03409b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2175e41e3c54a4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e357c1a374c497a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re70fdfa2ae634007"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb9af417490e4538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e357c1a374c497a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ce8dd71587f4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re70fdfa2ae634007" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte mit Erholungspotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DXA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,116</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>