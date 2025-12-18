--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94de6d3e469f46bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4484953d1fd641aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf7aa25278d24e92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d9d81ece3fc4fcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15e4c3ff54974b7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf7aa25278d24e92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d12312b70af466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d9d81ece3fc4fcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>five-alive wireless</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DXK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>201,195</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>201,030</x:t>
-[...151 lines deleted...]
-          <x:t>201,495</x:t>
+          <x:t>202,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>201,364</x:t>
-[...220 lines deleted...]
-          <x:t>204,342</x:t>
+          <x:t>202,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>