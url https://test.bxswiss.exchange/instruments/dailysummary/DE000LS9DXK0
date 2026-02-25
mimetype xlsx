--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4484953d1fd641aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4057d439d2484884" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d9d81ece3fc4fcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30db304234a34522"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d12312b70af466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d9d81ece3fc4fcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1adf4ca8ce5f4193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30db304234a34522" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>five-alive wireless</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DXK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,729</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>