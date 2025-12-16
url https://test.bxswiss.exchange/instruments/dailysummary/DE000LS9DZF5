--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5d0fd4ccf5d4940" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11fb5623e1044270" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8f4d221370c4090"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3329f34b688460b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5024be60f9d84053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8f4d221370c4090" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bc39e7f05044ffb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3329f34b688460b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hase und Igel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DZF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,612</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>318,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>315,953</x:t>
-[...328 lines deleted...]
-          <x:t>319,322</x:t>
+          <x:t>320,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>