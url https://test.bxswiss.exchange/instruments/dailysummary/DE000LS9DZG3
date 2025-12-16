--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fd2b0a396ee4d68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c09a0a065244829" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0767033e85540aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8dbafc67cd6468d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raccf5eba01164dd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0767033e85540aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf53e209a3aa743a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8dbafc67cd6468d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Formel Faktor 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DZG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.800,487</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.539,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.630,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.630,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.571,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.548,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.580,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.571,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.614,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.568,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.635,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.614,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.617,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.568,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.517,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.542,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.558,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.574,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.645,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.677,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.696,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.674,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.722,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.719,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.738,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.753,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.741,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.741,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.745,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.724,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.757,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.747,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.749,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.725,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.709,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.755,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.719,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.754,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>