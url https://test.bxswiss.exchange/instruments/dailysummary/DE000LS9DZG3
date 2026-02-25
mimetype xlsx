--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c09a0a065244829" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e94a37f5f4743f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8dbafc67cd6468d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c0871ffdf3241e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf53e209a3aa743a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8dbafc67cd6468d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c5117fa75204f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c0871ffdf3241e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Formel Faktor 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DZG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.720,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.755,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.719,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.754,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.753,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.715,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.710,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.752,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.755,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.760,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.738,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.753,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.774,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.764,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.746,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.755,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.698,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.711,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.707,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.753,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.747,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.741,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.749,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.737,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.742,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.713,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.755,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.713,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.754,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.756,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.750,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.760,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.764,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.713,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>