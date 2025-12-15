--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd40f7893a6c24f01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9160420874214ce2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8336a88270a6440c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R795485bb68b3416e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6608d54ec3044c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8336a88270a6440c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc13331b0c7b04ae5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R795485bb68b3416e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EAU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>133,448</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>