--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9160420874214ce2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e780caee3dc4ad1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R795485bb68b3416e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7971b4a3d3774072"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc13331b0c7b04ae5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R795485bb68b3416e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9c29cef9c8e4f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7971b4a3d3774072" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EAU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>136,073</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,702</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>135,452</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>