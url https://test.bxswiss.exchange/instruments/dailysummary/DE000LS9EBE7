--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe3e74b40d444c45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22145a4231934ff7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddbe350b4ecf46a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45c77b0acbab4ce1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a9874acd6264f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddbe350b4ecf46a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0262d4d4a06c4d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45c77b0acbab4ce1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Chances 1 Stock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>40,508</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>