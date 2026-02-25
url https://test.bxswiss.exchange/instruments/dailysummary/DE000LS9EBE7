--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22145a4231934ff7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaf00d45cfb04e96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45c77b0acbab4ce1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33aa49478a3146fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0262d4d4a06c4d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45c77b0acbab4ce1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R473aaa8b1fc14e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33aa49478a3146fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Chances 1 Stock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>