--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0b33a0597a14a21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c63461b9e01490a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3bc0d65d0354099"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd698255113464a32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e12b1db841a49a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3bc0d65d0354099" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08c2139cc9a84805" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd698255113464a32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>new wachstum  2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>937,621</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>914,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>858,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>858,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>