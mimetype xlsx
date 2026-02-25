--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c63461b9e01490a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85059ffa59f64c37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd698255113464a32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65cf60784c0c4b0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08c2139cc9a84805" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd698255113464a32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b25494e24cc4e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65cf60784c0c4b0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>new wachstum  2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>801,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>804,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>788,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>792,554</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>800,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>806,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>794,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>795,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>766,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>