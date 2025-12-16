--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cda52b19bc14399" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radf26e3d1f2249ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a0b3d287bb84811"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb07734d2ecee45cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8c439ede27a479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a0b3d287bb84811" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R759cf27439fa45dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb07734d2ecee45cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>231,322</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>