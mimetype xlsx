--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radf26e3d1f2249ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c57e7818a414573" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb07734d2ecee45cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10589ec1783c4c5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R759cf27439fa45dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb07734d2ecee45cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a3b595639c743d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10589ec1783c4c5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>