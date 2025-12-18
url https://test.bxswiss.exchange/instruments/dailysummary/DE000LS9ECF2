--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc101f4fef8bb45c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dd4c6ed11ca4616" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41b6155d9e4c404e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00cfbff93d06430a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50565ca2d97d4ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41b6155d9e4c404e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02c8e909654d4ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00cfbff93d06430a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EverGrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>213,788</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>