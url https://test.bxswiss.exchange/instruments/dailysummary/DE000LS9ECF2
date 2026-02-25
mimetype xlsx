--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dd4c6ed11ca4616" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R789302ecfb2f42b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00cfbff93d06430a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bec68c96dd241b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02c8e909654d4ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00cfbff93d06430a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75ca92ba76834c86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bec68c96dd241b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EverGrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,808</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>