--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra21af0b0c2e04c69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red6628074f194e78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R778f506c54594fee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78806eb715664fd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d95c9811d014742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R778f506c54594fee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b0add9d54734347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78806eb715664fd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienrückkäufe von Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>113,478</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>