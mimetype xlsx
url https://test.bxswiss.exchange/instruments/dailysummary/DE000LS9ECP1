--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red6628074f194e78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c1cc3372ac643e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78806eb715664fd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re10a075251c84f16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b0add9d54734347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78806eb715664fd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dc1c1a6bb7b422d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re10a075251c84f16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienrückkäufe von Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,144</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>99,185</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>