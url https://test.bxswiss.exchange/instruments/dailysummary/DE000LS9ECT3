--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcde3c7358a6341cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae4184c291bb437a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fb68f4c19fe4aac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3adacd52fcf4d74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red668391bcfc4391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fb68f4c19fe4aac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0601003a5b8c418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3adacd52fcf4d74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>- Global Food companies -</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>165,736</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>