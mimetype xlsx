--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae4184c291bb437a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50008e40961d4634" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3adacd52fcf4d74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48ff7981d5554cc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0601003a5b8c418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3adacd52fcf4d74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc510135cd5014bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48ff7981d5554cc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>- Global Food companies -</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>