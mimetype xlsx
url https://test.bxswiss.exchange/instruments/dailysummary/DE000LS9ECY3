--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ed0fc3fe75747c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7024e6d0fe544993" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad7fa49d8ec240ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7325dbc3100241d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf299f4d513144dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad7fa49d8ec240ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6c2b4f22b904414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7325dbc3100241d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienempfehlungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>123,536</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>