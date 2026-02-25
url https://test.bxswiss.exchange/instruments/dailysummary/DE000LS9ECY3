--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7024e6d0fe544993" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57ee7ccb497f48d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7325dbc3100241d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb1938d0e768414a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6c2b4f22b904414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7325dbc3100241d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0213e06419504791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb1938d0e768414a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienempfehlungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>