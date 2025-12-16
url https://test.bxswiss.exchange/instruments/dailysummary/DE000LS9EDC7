--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bfb330c766541ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27cbe251d0f24872" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R763c05add0864ea2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3bf15f89f314c41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc265aba53260405c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R763c05add0864ea2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a0c15deb4624f94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3bf15f89f314c41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Giganten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>173,284</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>173,172</x:t>
-[...269 lines deleted...]
-          <x:t>173,825</x:t>
+          <x:t>173,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>