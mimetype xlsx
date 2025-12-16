--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra921bac78554431c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2b93d304e004643" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89f2115d244f4643"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c82cd0b6fd41e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54f0b3e0f66f41d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89f2115d244f4643" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58ed3371a8a0471c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c82cd0b6fd41e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Comeback der Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>143,727</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>