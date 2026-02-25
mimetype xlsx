--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2b93d304e004643" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd9417cc588f4873" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c82cd0b6fd41e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R760e93fd09a74073"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58ed3371a8a0471c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c82cd0b6fd41e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c07cfcae58545ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R760e93fd09a74073" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Comeback der Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>