--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09817feacdf64eaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcab53396442841ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1097f026882b4cc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf3e22cb887647b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1b57bc735b44e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1097f026882b4cc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08b5c2415a6c44b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf3e22cb887647b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Elektroauto Produzenten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>480,347</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>