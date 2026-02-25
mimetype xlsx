--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcab53396442841ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra994971c3aeb4e42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf3e22cb887647b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d13956c46c442f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08b5c2415a6c44b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf3e22cb887647b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad76b30cb7f84d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d13956c46c442f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Elektroauto Produzenten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>458,981</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>461,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>458,620</x:t>
-[...26 lines deleted...]
-          <x:t>459,642</x:t>
+          <x:t>462,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>460,443</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>467,476</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>