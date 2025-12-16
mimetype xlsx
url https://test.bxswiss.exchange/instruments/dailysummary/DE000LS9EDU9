--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R518ff207bf574271" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18245352c2c54c2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0e8ba9a3f98411a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R601b326355814f2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04a2ecb52aef4d36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0e8ba9a3f98411a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R200ef75f9c644cf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R601b326355814f2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VANMOE - Wachstum durch Substanz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>247,008</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>