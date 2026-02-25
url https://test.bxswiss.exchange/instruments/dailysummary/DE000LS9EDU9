--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18245352c2c54c2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bcd8262eae0466e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R601b326355814f2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a676c0ac1d94ba4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R200ef75f9c644cf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R601b326355814f2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6de57db3135b4135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a676c0ac1d94ba4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VANMOE - Wachstum durch Substanz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>