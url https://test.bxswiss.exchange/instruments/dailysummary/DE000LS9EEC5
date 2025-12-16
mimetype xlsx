--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8e61d4657e94dd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1897348df3964425" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7d8226bc4ab493c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73021e2211d448ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c16f47c3e684444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7d8226bc4ab493c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd1d4a00822d4a32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73021e2211d448ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>APOLLO 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>168,001</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>