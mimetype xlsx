--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a5e9e7bb0ff4213" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe0e98343939472e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red48657277df4528"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5fa47d80a194f77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07acc9c952914bec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red48657277df4528" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re63dd8765f3f4cfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5fa47d80a194f77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Augmented- und Virtual-Reality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>2.591,353</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.503,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.508,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.489,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.504,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.490,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.498,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.487,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.491,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.502,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.504,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.498,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.498,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.482,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.495,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.478,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.491,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.497,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.506,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.494,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.502,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.511,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.505,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.508,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.499,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.491,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.511,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.501,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.504,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.507,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.503,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.520,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.528,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.514,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.517,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.513,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.523,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.513,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.517,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.515,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.525,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.512,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.523,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.518,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.521,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.502,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.507,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.508,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.512,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.502,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.511,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.500,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.500,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.504,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.511,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.500,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.510,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.514,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.487,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.491,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>