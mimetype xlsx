--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d45f47655bc4063" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78ca47febc8847a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44cd79e9236f43b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63d76fef0a834b1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5ef632d9e494560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44cd79e9236f43b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ef5b9d2f7214b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63d76fef0a834b1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carbon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EER3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>95,857</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,851</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>