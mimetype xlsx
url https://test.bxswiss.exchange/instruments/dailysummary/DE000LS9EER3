--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78ca47febc8847a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2416161d49d427e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63d76fef0a834b1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2ed0f8adc7b4c97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ef5b9d2f7214b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63d76fef0a834b1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36df4eabf2304cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2ed0f8adc7b4c97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carbon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EER3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>107,345</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,148</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...280 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>