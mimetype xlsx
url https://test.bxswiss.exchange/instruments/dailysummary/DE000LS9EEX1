--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8b36ef34644c5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f3553812e834ea8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R336ddb1dbdd947a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ecb4c82efab464d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5d34b30bd974523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R336ddb1dbdd947a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e595764dfbd4b41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ecb4c82efab464d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Photovoltaik-Maschinenbau</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>153,606</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,264</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>153,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>