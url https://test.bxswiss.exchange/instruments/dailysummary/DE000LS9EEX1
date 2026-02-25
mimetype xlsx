--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f3553812e834ea8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f8a08c3fc846c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ecb4c82efab464d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3477a95262444e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e595764dfbd4b41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ecb4c82efab464d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf51666519b9e4a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3477a95262444e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Photovoltaik-Maschinenbau</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>152,521</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,274</x:t>
-[...458 lines deleted...]
-          <x:t>153,264</x:t>
+          <x:t>152,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>