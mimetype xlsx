--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8dd656cf71b45f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e426c6c99cf4308" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra056c91b8e4748fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c968d2ff3c5416c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8cb3392b52a4fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra056c91b8e4748fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4d5c8a7c1c94359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c968d2ff3c5416c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Batteriespeicher</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>338,949</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>