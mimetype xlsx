--- v0 (2025-10-04)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70617daf4f524340" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d0113e330334e91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c6643cf0db046f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bef1bb1b76f43a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88976d4c46a6475c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c6643cf0db046f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac2ce69781274d09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bef1bb1b76f43a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ästhetische Medizin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>114,694</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,588</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>