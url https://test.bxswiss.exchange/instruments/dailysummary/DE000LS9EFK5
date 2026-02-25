--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d0113e330334e91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03cd39fa6d3c4c2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bef1bb1b76f43a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9617efcaffc542d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac2ce69781274d09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bef1bb1b76f43a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd27293c5dd344206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9617efcaffc542d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ästhetische Medizin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>118,279</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,821</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...504 lines deleted...]
-          <x:t>116,855</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,588</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>115,588</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>