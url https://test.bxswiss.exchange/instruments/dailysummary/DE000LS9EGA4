--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24049953790f41c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R386b8016bbb94db9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f08207f4fa044f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32032365c86247ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R863835d243af4d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f08207f4fa044f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafd6b73c6e32404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32032365c86247ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chance Finananzbranche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...539 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,949</x:t>
-[...63 lines deleted...]
-          <x:t>86,918</x:t>
+          <x:t>86,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>