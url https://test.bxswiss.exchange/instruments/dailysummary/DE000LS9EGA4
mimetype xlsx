--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R386b8016bbb94db9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38a89604c4bb468e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32032365c86247ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81a5840e10424dfb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafd6b73c6e32404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32032365c86247ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra02265a95af047ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81a5840e10424dfb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chance Finananzbranche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>86,450</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,336</x:t>
-[...97 lines deleted...]
-          <x:t>86,530</x:t>
+          <x:t>85,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,322</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>86,697</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,223</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>