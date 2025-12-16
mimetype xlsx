--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc81f5980f88c428c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62fe9f295c37497b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0703196589454478"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a36bdde5ca64607"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7975e5d2f154941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0703196589454478" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb16aa723906435c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a36bdde5ca64607" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebound long-term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>147,595</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>