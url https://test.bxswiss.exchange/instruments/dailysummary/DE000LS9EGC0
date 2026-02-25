--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62fe9f295c37497b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e07ae538f444237" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a36bdde5ca64607"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc66b9139f21e4b19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb16aa723906435c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a36bdde5ca64607" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18a20b7c92344f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc66b9139f21e4b19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebound long-term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,692</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>