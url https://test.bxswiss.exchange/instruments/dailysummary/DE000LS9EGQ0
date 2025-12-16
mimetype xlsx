--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27d812eb687644b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb2d4f53353e4efc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27eddb3968694e3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R573ab684bae44b92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R716341f4a01f4136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27eddb3968694e3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc107a40e8b0d4e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R573ab684bae44b92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...512 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>290,779</x:t>
-[...63 lines deleted...]
-          <x:t>288,767</x:t>
+          <x:t>288,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>