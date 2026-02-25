--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb2d4f53353e4efc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R215c196ad9154414" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R573ab684bae44b92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cba804d0866439a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc107a40e8b0d4e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R573ab684bae44b92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a3f5b14318b4506" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cba804d0866439a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>