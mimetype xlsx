--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1de53d213814090" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra31bb55e42c54c65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33a563826a484acd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reff16e031be14e94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e25b1592f974ec6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33a563826a484acd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e521f827f064a5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reff16e031be14e94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QuantStrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>341,967</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>