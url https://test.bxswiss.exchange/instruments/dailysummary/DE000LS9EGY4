--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra31bb55e42c54c65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21ead9cd0e1a42dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reff16e031be14e94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85feaeaa752f4f84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e521f827f064a5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reff16e031be14e94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8f262d6051e4c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85feaeaa752f4f84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QuantStrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...527 lines deleted...]
-          <x:t>327,105</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>329,112</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>