--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R400c5b313c8c4465" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51da4a218cd64066" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76da81b84cff483a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73378ccdd6214d53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d5d2449bf34ee6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76da81b84cff483a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2421d156df714b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73378ccdd6214d53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EHU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>183,019</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,263</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>182,096</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>