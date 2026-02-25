--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51da4a218cd64066" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a990d5f97024847" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73378ccdd6214d53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a359d880004e02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2421d156df714b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73378ccdd6214d53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f69ad61549f4e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a359d880004e02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EHU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>