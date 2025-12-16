--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46ada01cc3814cc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb054c10cd4d04ec3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb666f2c559e4bbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50823f51cd864379"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48ab527648db4599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb666f2c559e4bbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6f6af605d5e4ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50823f51cd864379" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The world of tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EJB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>251,749</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>