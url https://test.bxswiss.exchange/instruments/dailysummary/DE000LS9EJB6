--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb054c10cd4d04ec3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref00f69102224ace" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50823f51cd864379"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80f1c64608134ddf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6f6af605d5e4ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50823f51cd864379" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c07895b0eea4988" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80f1c64608134ddf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The world of tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EJB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>246,959</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>