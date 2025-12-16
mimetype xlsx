--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b00c4c1a20c49e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc16642bc12b34196" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cee7df5cc874e77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb862e0da8ecd4a51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6187d2beb6c246f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cee7df5cc874e77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4890ff919bb149db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb862e0da8ecd4a51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grünes Geld DEU30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EJF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>155,885</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>