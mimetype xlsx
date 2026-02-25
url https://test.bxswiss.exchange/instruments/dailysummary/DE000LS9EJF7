--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc16642bc12b34196" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6906086e29014252" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb862e0da8ecd4a51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf17cd20b5740d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4890ff919bb149db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb862e0da8ecd4a51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19874f9190fd4962" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf17cd20b5740d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grünes Geld DEU30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EJF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>