--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62c81f4dfdac4f65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0cc6cbd0c964a83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R709cd59a2e814451"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R745198f7fcde4cb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3a25f55dfe44acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R709cd59a2e814451" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfea4d614bcd64550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R745198f7fcde4cb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Dividend Gods</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EJN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>159,815</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,723</x:t>
-[...571 lines deleted...]
-          <x:t>155,885</x:t>
+          <x:t>161,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>