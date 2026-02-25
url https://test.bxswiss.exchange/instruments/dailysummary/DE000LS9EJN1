--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0cc6cbd0c964a83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref96d24806324ff9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R745198f7fcde4cb9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4661108a3654072"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfea4d614bcd64550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R745198f7fcde4cb9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d5212a402204ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4661108a3654072" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Dividend Gods</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EJN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>