--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a9529637dae4000" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d39b97d582544bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3943dac47254080"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78759ad0ad644320"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9326351ef044ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3943dac47254080" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4bc4dc8a3684c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78759ad0ad644320" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>154,519</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>