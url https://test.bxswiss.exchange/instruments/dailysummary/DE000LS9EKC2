--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d39b97d582544bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04d47e4fd5a2427f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78759ad0ad644320"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73f73cc856db4c35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4bc4dc8a3684c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78759ad0ad644320" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf095ec8772804e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73f73cc856db4c35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>