--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd64d6b1aef3c45bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f253290c65f4f19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R566db4c7add0404d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7d98780296a4f61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba8c57f57fba4b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R566db4c7add0404d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8141803f046d4ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7d98780296a4f61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte mit GD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>57,541</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>