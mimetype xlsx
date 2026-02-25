--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f253290c65f4f19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae6a7f59f49d4a89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7d98780296a4f61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5177b40beab4e47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8141803f046d4ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7d98780296a4f61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2230bd3bb7844d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5177b40beab4e47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte mit GD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>