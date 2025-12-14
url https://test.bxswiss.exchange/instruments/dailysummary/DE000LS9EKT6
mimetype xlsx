--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d806f7340e5451c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98a3fba337934419" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79c185c6a745474e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd53b39364d34fad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56df4b27343f4636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79c185c6a745474e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3156c73d72b34873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd53b39364d34fad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>188,949</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,493</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>