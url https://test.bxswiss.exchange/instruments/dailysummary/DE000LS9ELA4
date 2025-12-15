--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recc0aa865f824277" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a58ff744b324c7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb451dda8e63471f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fb49cf85bd8471b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R875f7735d7d7467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb451dda8e63471f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b6c2a1411f34eee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fb49cf85bd8471b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensiv &amp; Zukunftsorientiert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>326,481</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>