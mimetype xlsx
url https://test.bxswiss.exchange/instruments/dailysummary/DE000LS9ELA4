--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a58ff744b324c7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R563d651e81e24308" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fb49cf85bd8471b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6427df3d5c043b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b6c2a1411f34eee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fb49cf85bd8471b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7db2b49bd204441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6427df3d5c043b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensiv &amp; Zukunftsorientiert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>342,792</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>