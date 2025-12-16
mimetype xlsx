--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d0199f930fd4661" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R014131f798cc4934" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9629d6c3944548ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28b854eb41c047cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f627a551f2b4cfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9629d6c3944548ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R096380690b1d4a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28b854eb41c047cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>244,579</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>