--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R014131f798cc4934" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03df0db33143484f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28b854eb41c047cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb1ddd2307e34f67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R096380690b1d4a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28b854eb41c047cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R884408059f59417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb1ddd2307e34f67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>