--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b6e8f8693e64335" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R860d468082a54d0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09482563f80f4213"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8171770835d4ca0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R477442733da946bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09482563f80f4213" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd7bc756de5f44ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8171770835d4ca0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gegen den Strom schwimmen!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>761,414</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>766,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>773,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>773,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>816,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>