--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R860d468082a54d0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fb36339600c40a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8171770835d4ca0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2db95c2a5ff24083"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd7bc756de5f44ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8171770835d4ca0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R692d1e93ca2445d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2db95c2a5ff24083" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gegen den Strom schwimmen!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>837,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>842,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>832,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>836,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>865,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>917,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>917,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>928,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>927,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>949,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>929,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>